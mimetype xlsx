--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -10,305 +10,383 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="112">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Verenilson Manoel</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_do_legislativo_no_001-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_do_legislativo_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Denominações de Ruas no Povoado Canela de Velho e dá outras providências.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Francisco José Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_-_isencao_-_advogado.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_-_isencao_-_advogado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 005/2025 - Concede isenção de pagamento de taxas de licenças e funcionamento (alvarás), e dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no_006-2025_-_ldo_2026.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no_006-2025_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes Orçamentária LDO-2026 para elaboração da Lei Orçamentária Anual de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_-_defesa_civil.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_-_defesa_civil.pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do Município de Campo Grande do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_no_008a-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_no_008a-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 008A/2025 Institui a Loteria Municipal no âmbito do Município de Campo Grande do Piauí, e dá outras providências</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual do Município de Campo Grande do Piauí para o ano de 2026 a 2029.</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no_010-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no_010-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 010/2025 - Altera e acrescenta dispositivos à Lei Municipal nº 206/2014, relacionados a funções de coordenação na área da saúde municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o Orçamento-Programa no Exercício Financeiro de 2026</t>
   </si>
   <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_no_012-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acrescenta dispositivos a Lei Municipal nº 206/2014, no âmbito da Secretária Municipal de Meio Ambiente, atualizando nomenclaturas de cargos vinculados ao departamento de irrigação, resíduos sólidos e uso e ocupação do solo e dá outras providências.</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_no_013-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização de pagamento de abono salarial para os profissionais da educação pública vinculados à Secretaria de Educação de Campo Grande do Piauí – PI e dá outras providências.</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
     <t>14</t>
   </si>
   <si>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_no_014-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza ao Poder Executivo Municipal Abrir Crédito Adicional Especial por fonte de recurso Excesso de arrecadação no Orçamento Programa vigente, no valor de R$ 264.142,71 (Duzentos e sessenta e quatro mil e cento e quarenta e dois reais e setenta e dois centavos), destinados à operacionalização das despesas com recursos de Complementação “VAAR FUNDEB”-Integral”</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_no_015-2025.pdf</t>
+  </si>
+  <si>
+    <t>Atualiza o Código de Posturas do Município de Campo Grande do Piauí – PI (Lei Municipal nº 013/1997), dispondo sobre normas gerais de ordenamento urbano, bem-estar animal, uso de vias públicas, funcionamento de estabelecimentos, fiscalização administrativa, sistema de penalidades e outras providências</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_no_016-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Manejo Ético, Proteção e Controle Populacional de Cães e Gatos no Município de Campo Grande do Piauí – PI, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_no_017-2025_2.pdf</t>
+  </si>
+  <si>
+    <t>Altera, no âmbito do Município de Campo Grande do Piauí - Piauí, a Taxa de Serviço de Coleta, Remoção, Transporte e Destinação Final de Lixo ou Resíduos-TSLR, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_no_018-2025.pdf</t>
+  </si>
+  <si>
+    <t>Cria a Brigada Municipal de Incêndio do Município de Campo Grande do Piauí – PI e dá outras providências, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_no_019-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DO IDOSO, DO FUNDO MUNICIPAL DE DIREITOS DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_complementar_no_010-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_complementar_no_010-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 272/2021 (Código Tributário Municipal), para instituir a Taxa de Fiscalização de Veículo de Transporte de Passageiros e dá outras providências.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/9/parecer_no_001-2025_e_projeto_de_decreto_legislativo_no_02-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/9/parecer_no_001-2025_e_projeto_de_decreto_legislativo_no_02-2025.pdf</t>
   </si>
   <si>
     <t>“JULGA AS CONTAS DE GOVERNO DA PREFEITURA MUNICIPAL DE CAMPO GRANDE DO PIAUÍ-PI, EXERCÍCIO FINANCEIRO DE 2023, APÓS MANIFETAÇÃO DO TRIBUNAL DE CONTAS DO ESTADO DO PIAUÍ’’.</t>
   </si>
   <si>
     <t>Helvídio Boaventura</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_decreto_legislativo_no_003-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_decreto_legislativo_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadão Campograndense ao Ilustríssimo Senhor Cícero Romualdo da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Maria Leidiana</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/1/requerimento_no_001-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/1/requerimento_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Construção de 2 (dois) quebra-molas na PI 229 na Comunidade Cohab. O primeiro me frente a residência de Dona Toinha e o segundo em frente ao Club de Cícero Promoções.</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_no_002-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Construção de 1 (um) banheiro no mercado que fica localizado no centro da cidade.</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_vereadora_leidiana.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_vereadora_leidiana.pdf</t>
   </si>
   <si>
     <t>Implantar uma Sala de Informática com um Instrutor na Sede do Município.</t>
   </si>
   <si>
-    <t>18</t>
-[...2 lines deleted...]
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/18/requerimento_ver._helvidio.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/18/requerimento_ver._helvidio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Gestor Municipal a distribuição de Fardamento Escolar aos alunos matriculados na rede Pública Municipal de ensino para o ano de 2026.</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>Washington Brito</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/19/requeirmento_no_005-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/19/requeirmento_no_005-2025.pdf</t>
   </si>
   <si>
     <t>Solicita a Limpeza e o Desassoreamento do Açude dos Cocos deste município.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/20/requeirmento_no_006-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/20/requeirmento_no_006-2025.pdf</t>
   </si>
   <si>
     <t>Solicita a Instalação de câmeras em pontos estratégico na zona urbana e nos povoados Canela de Velho e Carnaíba.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_no_007-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_no_007-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Gestor Municipal um Programa Gratuito de Esterilização e Castração de Cães e Gatos.</t>
   </si>
   <si>
-    <t>16</t>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Solicito do Gestor Municipal a distribuição de Fardamento Escolar Gratuito aos alunos matriculados na Rede Pública Municipal de ensino no ano de 2026.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Francisco das Chagas</t>
   </si>
   <si>
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_indicativo_de_lei_no_001-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_indicativo_de_lei_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 009/1997, que dispõe sobre o Regime Jurídico dos Servidores Civis do Município de Campo Grande do Piauí</t>
   </si>
   <si>
-    <t>17</t>
-[...2 lines deleted...]
-    <t>https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_indicativo_de_lei_n_002-2025.pdf</t>
+    <t>http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_indicativo_de_lei_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Altera e revoga dispositivos de Lei nº 160/2011 que "Dispõe sobre o Plano de Carreira, Cargos, Vencimento e Remuneração dos Profissionais da Educação do Município da Campo Grande do Piauí.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -615,69 +693,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_do_legislativo_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_-_isencao_-_advogado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no_006-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_-_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_no_008a-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_complementar_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/9/parecer_no_001-2025_e_projeto_de_decreto_legislativo_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_decreto_legislativo_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/1/requerimento_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_vereadora_leidiana.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/18/requerimento_ver._helvidio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/19/requeirmento_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/20/requeirmento_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_indicativo_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_indicativo_de_lei_n_002-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_do_legislativo_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_-_isencao_-_advogado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_no_006-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_-_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_no_008a-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_no_017-2025_2.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_complementar_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/9/parecer_no_001-2025_e_projeto_de_decreto_legislativo_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_decreto_legislativo_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/1/requerimento_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/12/requerimento_vereadora_leidiana.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/18/requerimento_ver._helvidio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/19/requeirmento_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/20/requeirmento_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_indicativo_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campograndedopiaui.pi.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_indicativo_de_lei_n_002-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144.42578125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="177.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -878,376 +956,616 @@
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D11" t="s">
+      <c r="H11" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D12" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="H12" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="H14" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H15" t="s">
         <v>61</v>
-      </c>
-[...19 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B16" t="s">
-[...14 lines deleted...]
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>67</v>
       </c>
-      <c r="B17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" t="s">
+        <v>70</v>
+      </c>
+      <c r="E18" t="s">
         <v>71</v>
       </c>
-      <c r="B18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>72</v>
       </c>
       <c r="H18" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
         <v>74</v>
       </c>
-      <c r="B19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="F19" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="H19" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E20" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F20" t="s">
         <v>80</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H20" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
         <v>83</v>
       </c>
-      <c r="B21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F21" t="s">
+        <v>85</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H21" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" t="s">
+        <v>83</v>
+      </c>
+      <c r="E22" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" t="s">
         <v>80</v>
       </c>
-      <c r="G21" s="1" t="s">
+      <c r="G22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H22" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>41</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" t="s">
+        <v>83</v>
+      </c>
+      <c r="E23" t="s">
         <v>84</v>
       </c>
-      <c r="H21" t="s">
+      <c r="F23" t="s">
         <v>85</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H23" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>25</v>
+      </c>
+      <c r="D24" t="s">
+        <v>83</v>
+      </c>
+      <c r="E24" t="s">
+        <v>84</v>
+      </c>
+      <c r="F24" t="s">
+        <v>80</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H24" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>67</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" t="s">
+        <v>84</v>
+      </c>
+      <c r="F25" t="s">
+        <v>94</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H25" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>22</v>
+      </c>
+      <c r="D26" t="s">
+        <v>83</v>
+      </c>
+      <c r="E26" t="s">
+        <v>84</v>
+      </c>
+      <c r="F26" t="s">
+        <v>94</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H26" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" t="s">
+        <v>83</v>
+      </c>
+      <c r="E27" t="s">
+        <v>84</v>
+      </c>
+      <c r="F27" t="s">
+        <v>94</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H27" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>103</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>29</v>
+      </c>
+      <c r="D28" t="s">
+        <v>83</v>
+      </c>
+      <c r="E28" t="s">
+        <v>84</v>
+      </c>
+      <c r="F28" t="s">
+        <v>80</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>55</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>105</v>
+      </c>
+      <c r="E29" t="s">
+        <v>106</v>
+      </c>
+      <c r="F29" t="s">
+        <v>107</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H29" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>59</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>74</v>
+      </c>
+      <c r="D30" t="s">
+        <v>105</v>
+      </c>
+      <c r="E30" t="s">
+        <v>106</v>
+      </c>
+      <c r="F30" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H30" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>